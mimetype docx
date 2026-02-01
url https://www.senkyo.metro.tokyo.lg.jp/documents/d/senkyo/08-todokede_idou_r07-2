--- v0 (2025-12-09)
+++ v1 (2026-02-01)
@@ -5821,78 +5821,88 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00770E67">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00143ABD" w:rsidRPr="00F921D4">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>法第１９条の７第１項第３号に係る国会議員関係政治団体</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EB23F4D" w14:textId="5FDCAB77" w:rsidR="00143ABD" w:rsidRPr="00143ABD" w:rsidRDefault="00143ABD" w:rsidP="00CB7D2E">
+          <w:p w14:paraId="1EB23F4D" w14:textId="30019B79" w:rsidR="00143ABD" w:rsidRPr="00143ABD" w:rsidRDefault="00143ABD" w:rsidP="00CB7D2E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">（ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00143ABD">
+            <w:r w:rsidR="0026603F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>主催者や主要な構成員である国会議員の氏名及び公職の種類は別紙のとおり</w:t>
+              <w:t>主宰</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00143ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>者や主要な構成員である国会議員の氏名及び公職の種類は別紙のとおり</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00143ABD">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04B9ABBE" w14:textId="393C2C7E" w:rsidR="000D241D" w:rsidRPr="008569A9" w:rsidRDefault="000D510B" w:rsidP="000D510B">
             <w:pPr>
               <w:rPr>
@@ -7453,64 +7463,78 @@
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00F0104D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F0104D" w:rsidRPr="00A05BA7">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>政党の場合、「政党の支部の状況に関する届」の内容に異動があった場合は、異動内容を記載した文書を添付すること。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3713CE3E" w14:textId="136B5FA4" w:rsidR="00312455" w:rsidRPr="00312455" w:rsidRDefault="00312455" w:rsidP="00312455">
+    <w:p w14:paraId="3713CE3E" w14:textId="462F76A4" w:rsidR="00312455" w:rsidRPr="00312455" w:rsidRDefault="00312455" w:rsidP="00312455">
       <w:pPr>
         <w:ind w:leftChars="600" w:left="1212" w:hangingChars="150" w:hanging="300"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14 </w:t>
+      </w:r>
+      <w:r w:rsidR="005F03E5">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>主宰</w:t>
+      </w:r>
+      <w:r w:rsidR="00783D78">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>者や</w:t>
       </w:r>
       <w:r w:rsidRPr="00312455">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>主要な構成員である衆議院議員</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>及び</w:t>
       </w:r>
       <w:r w:rsidRPr="00312455">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>参議院議員</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
@@ -7862,51 +7886,50 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="32392128">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1326128410">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="653"/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:drawingGridVerticalSpacing w:val="275"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="ja-JP" w:val="$([\{‘“〈《「『【〔＄（［｛｢￡￥"/>
   <w:noLineBreaksBefore w:lang="ja-JP" w:val="!%),.:;?]}°’”‰′″℃、。々〉》」』】〕゛゜ゝゞ・ヽヾ！％），．：；？］｝｡｣､･ﾞﾟ￠"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
@@ -7947,138 +7970,143 @@
     <w:rsid w:val="000F7351"/>
     <w:rsid w:val="00104275"/>
     <w:rsid w:val="0010724D"/>
     <w:rsid w:val="00125309"/>
     <w:rsid w:val="001422BA"/>
     <w:rsid w:val="00143ABD"/>
     <w:rsid w:val="00143BA6"/>
     <w:rsid w:val="001459FD"/>
     <w:rsid w:val="001474AC"/>
     <w:rsid w:val="00162376"/>
     <w:rsid w:val="00167280"/>
     <w:rsid w:val="00174D18"/>
     <w:rsid w:val="001D32B7"/>
     <w:rsid w:val="001E4F27"/>
     <w:rsid w:val="001F7B4E"/>
     <w:rsid w:val="00207652"/>
     <w:rsid w:val="00216BDF"/>
     <w:rsid w:val="002269D2"/>
     <w:rsid w:val="00226E4A"/>
     <w:rsid w:val="002414D2"/>
     <w:rsid w:val="002528B4"/>
     <w:rsid w:val="002564C4"/>
     <w:rsid w:val="00260BC7"/>
     <w:rsid w:val="002631F0"/>
     <w:rsid w:val="00263FE4"/>
+    <w:rsid w:val="0026603F"/>
     <w:rsid w:val="002762F1"/>
     <w:rsid w:val="002909A1"/>
     <w:rsid w:val="0029154D"/>
     <w:rsid w:val="002947DF"/>
     <w:rsid w:val="002A6CF2"/>
     <w:rsid w:val="002C067E"/>
     <w:rsid w:val="002C332A"/>
     <w:rsid w:val="002D1BE7"/>
     <w:rsid w:val="002D2126"/>
     <w:rsid w:val="002F0508"/>
     <w:rsid w:val="002F28D7"/>
     <w:rsid w:val="00307DB3"/>
     <w:rsid w:val="00312455"/>
     <w:rsid w:val="0033671D"/>
     <w:rsid w:val="003414B2"/>
     <w:rsid w:val="00344E34"/>
     <w:rsid w:val="0036623F"/>
     <w:rsid w:val="003844A8"/>
     <w:rsid w:val="00385BC7"/>
     <w:rsid w:val="00394619"/>
     <w:rsid w:val="003A22C5"/>
     <w:rsid w:val="003B2A42"/>
     <w:rsid w:val="003C5A1F"/>
     <w:rsid w:val="003C5DF4"/>
+    <w:rsid w:val="003D2E7D"/>
     <w:rsid w:val="003D45EF"/>
     <w:rsid w:val="003D4E9F"/>
     <w:rsid w:val="003E7EB9"/>
     <w:rsid w:val="003F5533"/>
+    <w:rsid w:val="00423326"/>
     <w:rsid w:val="00425ECE"/>
     <w:rsid w:val="004333B9"/>
     <w:rsid w:val="0044559D"/>
     <w:rsid w:val="00471285"/>
     <w:rsid w:val="0047371E"/>
     <w:rsid w:val="00480496"/>
     <w:rsid w:val="00484F2F"/>
     <w:rsid w:val="00492F48"/>
     <w:rsid w:val="004C0254"/>
     <w:rsid w:val="004C715A"/>
     <w:rsid w:val="004C7AB7"/>
     <w:rsid w:val="004D0079"/>
     <w:rsid w:val="004D0655"/>
     <w:rsid w:val="004D3833"/>
     <w:rsid w:val="004E6218"/>
     <w:rsid w:val="0050681B"/>
     <w:rsid w:val="00513400"/>
     <w:rsid w:val="005134E4"/>
     <w:rsid w:val="00514DBB"/>
     <w:rsid w:val="00517F4D"/>
     <w:rsid w:val="0052475A"/>
     <w:rsid w:val="00543B66"/>
     <w:rsid w:val="00543B6B"/>
     <w:rsid w:val="00544FD8"/>
     <w:rsid w:val="0055698E"/>
     <w:rsid w:val="0056582D"/>
     <w:rsid w:val="00566BD0"/>
     <w:rsid w:val="005755AE"/>
     <w:rsid w:val="00582546"/>
     <w:rsid w:val="00586026"/>
     <w:rsid w:val="00592D14"/>
     <w:rsid w:val="005963DC"/>
     <w:rsid w:val="005B0622"/>
     <w:rsid w:val="005B6F34"/>
     <w:rsid w:val="005E2BA1"/>
     <w:rsid w:val="005F0012"/>
+    <w:rsid w:val="005F03E5"/>
     <w:rsid w:val="00621600"/>
     <w:rsid w:val="00622148"/>
     <w:rsid w:val="00644770"/>
     <w:rsid w:val="00651030"/>
     <w:rsid w:val="006530F7"/>
     <w:rsid w:val="006806B2"/>
     <w:rsid w:val="00681075"/>
     <w:rsid w:val="00685B52"/>
     <w:rsid w:val="00691F96"/>
     <w:rsid w:val="006B6E22"/>
     <w:rsid w:val="006B78A6"/>
     <w:rsid w:val="006C0497"/>
     <w:rsid w:val="006C4800"/>
     <w:rsid w:val="006D08FA"/>
     <w:rsid w:val="006D5968"/>
     <w:rsid w:val="006E318C"/>
     <w:rsid w:val="007265F8"/>
     <w:rsid w:val="007276D6"/>
     <w:rsid w:val="007316DE"/>
     <w:rsid w:val="007450BA"/>
     <w:rsid w:val="007649AD"/>
     <w:rsid w:val="00770E67"/>
     <w:rsid w:val="00773CE8"/>
     <w:rsid w:val="00783B98"/>
+    <w:rsid w:val="00783D78"/>
     <w:rsid w:val="007932F4"/>
     <w:rsid w:val="007A694A"/>
     <w:rsid w:val="007B2FA6"/>
     <w:rsid w:val="007C5576"/>
     <w:rsid w:val="007D4074"/>
     <w:rsid w:val="007E6ED2"/>
     <w:rsid w:val="007F1B15"/>
     <w:rsid w:val="00804ED9"/>
     <w:rsid w:val="00846B60"/>
     <w:rsid w:val="00853EE9"/>
     <w:rsid w:val="008569A9"/>
     <w:rsid w:val="0086544E"/>
     <w:rsid w:val="00884AA9"/>
     <w:rsid w:val="008B30E5"/>
     <w:rsid w:val="008B53A0"/>
     <w:rsid w:val="008B58E5"/>
     <w:rsid w:val="008D630A"/>
     <w:rsid w:val="008D73C2"/>
     <w:rsid w:val="00903E5D"/>
     <w:rsid w:val="009063DF"/>
     <w:rsid w:val="00913ABB"/>
     <w:rsid w:val="00925B7B"/>
     <w:rsid w:val="0094433C"/>
     <w:rsid w:val="00960710"/>
     <w:rsid w:val="009638AE"/>
@@ -8116,50 +8144,51 @@
     <w:rsid w:val="00BB127C"/>
     <w:rsid w:val="00BD7A0D"/>
     <w:rsid w:val="00BE59B5"/>
     <w:rsid w:val="00BF01A0"/>
     <w:rsid w:val="00BF2E60"/>
     <w:rsid w:val="00BF3A3E"/>
     <w:rsid w:val="00C0611D"/>
     <w:rsid w:val="00C50B0D"/>
     <w:rsid w:val="00C50DF5"/>
     <w:rsid w:val="00C6521C"/>
     <w:rsid w:val="00C81839"/>
     <w:rsid w:val="00C859AC"/>
     <w:rsid w:val="00C946F8"/>
     <w:rsid w:val="00CA52DC"/>
     <w:rsid w:val="00CB273B"/>
     <w:rsid w:val="00CB73DD"/>
     <w:rsid w:val="00CB7D2E"/>
     <w:rsid w:val="00CD2279"/>
     <w:rsid w:val="00CD58CF"/>
     <w:rsid w:val="00CF00F2"/>
     <w:rsid w:val="00CF1FBC"/>
     <w:rsid w:val="00D07F35"/>
     <w:rsid w:val="00D3049E"/>
     <w:rsid w:val="00D5264C"/>
     <w:rsid w:val="00D566F2"/>
+    <w:rsid w:val="00D615E0"/>
     <w:rsid w:val="00D670BD"/>
     <w:rsid w:val="00D71B9D"/>
     <w:rsid w:val="00D823E8"/>
     <w:rsid w:val="00DA00E9"/>
     <w:rsid w:val="00DB0DD7"/>
     <w:rsid w:val="00DB329A"/>
     <w:rsid w:val="00DC10D7"/>
     <w:rsid w:val="00DC5110"/>
     <w:rsid w:val="00DC78B9"/>
     <w:rsid w:val="00DC7FA7"/>
     <w:rsid w:val="00DD23EC"/>
     <w:rsid w:val="00E01F2F"/>
     <w:rsid w:val="00E03583"/>
     <w:rsid w:val="00E13A0F"/>
     <w:rsid w:val="00E22794"/>
     <w:rsid w:val="00E23609"/>
     <w:rsid w:val="00E4081A"/>
     <w:rsid w:val="00E44FE1"/>
     <w:rsid w:val="00E67D3D"/>
     <w:rsid w:val="00E77CF7"/>
     <w:rsid w:val="00E94E97"/>
     <w:rsid w:val="00EB198A"/>
     <w:rsid w:val="00EC63A4"/>
     <w:rsid w:val="00ED3FA1"/>
     <w:rsid w:val="00ED7CC5"/>
@@ -9105,70 +9134,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A89F3C52-F7DB-4AA5-AF2A-3A1ED0A4B11F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1503</Words>
-  <Characters>1509</Characters>
+  <Words>1507</Words>
+  <Characters>1513</Characters>
   <DocSecurity>0</DocSecurity>
   <Lines>215</Lines>
   <Paragraphs>116</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>受付印</vt:lpstr>
       <vt:lpstr>       受付印	</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2162</CharactersWithSpaces>
+  <CharactersWithSpaces>2166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:subject/>
   <cp:keywords/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>